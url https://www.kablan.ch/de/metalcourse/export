--- v0 (2025-12-26)
+++ v1 (2026-02-12)
@@ -437,249 +437,158 @@
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="inlineStr">
         <is>
           <t>Datum</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>Aluminiumkurs (CHF/t)</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>Kupferkurs (CHF/t)</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
-          <t>01.12.2025</t>
+          <t>02.02.2026</t>
         </is>
       </c>
       <c r="B2" t="n">
-        <v>2339</v>
+        <v>2404</v>
       </c>
       <c r="C2" t="n">
-        <v>9114</v>
+        <v>10224</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
-          <t>02.12.2025</t>
+          <t>03.02.2026</t>
         </is>
       </c>
       <c r="B3" t="n">
-        <v>2348</v>
+        <v>2440</v>
       </c>
       <c r="C3" t="n">
-        <v>9113</v>
+        <v>10478</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="inlineStr">
         <is>
-          <t>03.12.2025</t>
+          <t>04.02.2026</t>
         </is>
       </c>
       <c r="B4" t="n">
-        <v>2332</v>
+        <v>2413</v>
       </c>
       <c r="C4" t="n">
-        <v>9181</v>
+        <v>10459</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="inlineStr">
         <is>
-          <t>04.12.2025</t>
+          <t>05.02.2026</t>
         </is>
       </c>
       <c r="B5" t="n">
-        <v>2334</v>
+        <v>2386</v>
       </c>
       <c r="C5" t="n">
-        <v>9230</v>
+        <v>10143</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="inlineStr">
         <is>
-          <t>05.12.2025</t>
+          <t>06.02.2026</t>
         </is>
       </c>
       <c r="B6" t="n">
-        <v>2347</v>
+        <v>2407</v>
       </c>
       <c r="C6" t="n">
-        <v>9423</v>
+        <v>10139</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="inlineStr">
         <is>
-          <t>08.12.2025</t>
+          <t>09.02.2026</t>
         </is>
       </c>
       <c r="B7" t="n">
-        <v>2354</v>
+        <v>2425</v>
       </c>
       <c r="C7" t="n">
-        <v>9488</v>
+        <v>10178</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="inlineStr">
         <is>
-          <t>09.12.2025</t>
+          <t>10.02.2026</t>
         </is>
       </c>
       <c r="B8" t="n">
-        <v>2336</v>
+        <v>2394</v>
       </c>
       <c r="C8" t="n">
-        <v>9409</v>
+        <v>10137</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="inlineStr">
         <is>
-          <t>10.12.2025</t>
+          <t>Monatsdurchschnitt des aktuellen Monats</t>
         </is>
       </c>
       <c r="B9" t="n">
-        <v>2333</v>
+        <v>2409.86</v>
       </c>
       <c r="C9" t="n">
-        <v>9463</v>
+        <v>10251.14</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="inlineStr">
         <is>
-          <t>11.12.2025</t>
+          <t>Monatsdurchschnitt des vorherigen Monats</t>
         </is>
       </c>
       <c r="B10" t="n">
-        <v>2324</v>
+        <v>2515.48</v>
       </c>
       <c r="C10" t="n">
-        <v>9430</v>
-[...90 lines deleted...]
-        <v>8787.85</v>
+        <v>10427.14</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel Compatible / Openpyxl 3.1.5</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:creator xmlns:dc="http://purl.org/dc/elements/1.1/">openpyxl</dc:creator>
   <dcterms:created xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>