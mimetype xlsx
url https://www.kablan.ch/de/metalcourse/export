--- v1 (2026-02-12)
+++ v2 (2026-03-29)
@@ -437,158 +437,314 @@
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="inlineStr">
         <is>
           <t>Datum</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>Aluminiumkurs (CHF/t)</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>Kupferkurs (CHF/t)</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
-          <t>02.02.2026</t>
+          <t>02.03.2026</t>
         </is>
       </c>
       <c r="B2" t="n">
-        <v>2404</v>
+        <v>2524</v>
       </c>
       <c r="C2" t="n">
-        <v>10224</v>
+        <v>10377</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
-          <t>03.02.2026</t>
+          <t>03.03.2026</t>
         </is>
       </c>
       <c r="B3" t="n">
-        <v>2440</v>
+        <v>2592</v>
       </c>
       <c r="C3" t="n">
-        <v>10478</v>
+        <v>10226</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="inlineStr">
         <is>
-          <t>04.02.2026</t>
+          <t>04.03.2026</t>
         </is>
       </c>
       <c r="B4" t="n">
-        <v>2413</v>
+        <v>2661</v>
       </c>
       <c r="C4" t="n">
-        <v>10459</v>
+        <v>10272</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="inlineStr">
         <is>
-          <t>05.02.2026</t>
+          <t>05.03.2026</t>
         </is>
       </c>
       <c r="B5" t="n">
-        <v>2386</v>
+        <v>2523</v>
       </c>
       <c r="C5" t="n">
-        <v>10143</v>
+        <v>10176</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="inlineStr">
         <is>
-          <t>06.02.2026</t>
+          <t>06.03.2026</t>
         </is>
       </c>
       <c r="B6" t="n">
-        <v>2407</v>
+        <v>2654</v>
       </c>
       <c r="C6" t="n">
-        <v>10139</v>
+        <v>10136</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="inlineStr">
         <is>
-          <t>09.02.2026</t>
+          <t>09.03.2026</t>
         </is>
       </c>
       <c r="B7" t="n">
-        <v>2425</v>
+        <v>2665</v>
       </c>
       <c r="C7" t="n">
-        <v>10178</v>
+        <v>10071</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="inlineStr">
         <is>
-          <t>10.02.2026</t>
+          <t>10.03.2026</t>
         </is>
       </c>
       <c r="B8" t="n">
-        <v>2394</v>
+        <v>2658</v>
       </c>
       <c r="C8" t="n">
-        <v>10137</v>
+        <v>10214</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="inlineStr">
         <is>
-          <t>Monatsdurchschnitt des aktuellen Monats</t>
+          <t>11.03.2026</t>
         </is>
       </c>
       <c r="B9" t="n">
-        <v>2409.86</v>
+        <v>2708</v>
       </c>
       <c r="C9" t="n">
-        <v>10251.14</v>
+        <v>10182</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="inlineStr">
         <is>
+          <t>12.03.2026</t>
+        </is>
+      </c>
+      <c r="B10" t="n">
+        <v>2756</v>
+      </c>
+      <c r="C10" t="n">
+        <v>10258</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="inlineStr">
+        <is>
+          <t>13.03.2026</t>
+        </is>
+      </c>
+      <c r="B11" t="n">
+        <v>2775</v>
+      </c>
+      <c r="C11" t="n">
+        <v>10229</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="inlineStr">
+        <is>
+          <t>16.03.2026</t>
+        </is>
+      </c>
+      <c r="B12" t="n">
+        <v>2721</v>
+      </c>
+      <c r="C12" t="n">
+        <v>10226</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="inlineStr">
+        <is>
+          <t>17.03.2026</t>
+        </is>
+      </c>
+      <c r="B13" t="n">
+        <v>2712</v>
+      </c>
+      <c r="C13" t="n">
+        <v>10165</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="inlineStr">
+        <is>
+          <t>18.03.2026</t>
+        </is>
+      </c>
+      <c r="B14" t="n">
+        <v>2684</v>
+      </c>
+      <c r="C14" t="n">
+        <v>10011</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="inlineStr">
+        <is>
+          <t>19.03.2026</t>
+        </is>
+      </c>
+      <c r="B15" t="n">
+        <v>2535</v>
+      </c>
+      <c r="C15" t="n">
+        <v>9581</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="inlineStr">
+        <is>
+          <t>20.03.2026</t>
+        </is>
+      </c>
+      <c r="B16" t="n">
+        <v>2617</v>
+      </c>
+      <c r="C16" t="n">
+        <v>9658</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="inlineStr">
+        <is>
+          <t>23.03.2026</t>
+        </is>
+      </c>
+      <c r="B17" t="n">
+        <v>2583</v>
+      </c>
+      <c r="C17" t="n">
+        <v>9612</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="inlineStr">
+        <is>
+          <t>24.03.2026</t>
+        </is>
+      </c>
+      <c r="B18" t="n">
+        <v>2561</v>
+      </c>
+      <c r="C18" t="n">
+        <v>9532</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="inlineStr">
+        <is>
+          <t>25.03.2026</t>
+        </is>
+      </c>
+      <c r="B19" t="n">
+        <v>2588</v>
+      </c>
+      <c r="C19" t="n">
+        <v>9754</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="inlineStr">
+        <is>
+          <t>26.03.2026</t>
+        </is>
+      </c>
+      <c r="B20" t="n">
+        <v>2618</v>
+      </c>
+      <c r="C20" t="n">
+        <v>9752</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="inlineStr">
+        <is>
+          <t>Monatsdurchschnitt des aktuellen Monats</t>
+        </is>
+      </c>
+      <c r="B21" t="n">
+        <v>2638.68</v>
+      </c>
+      <c r="C21" t="n">
+        <v>10022.74</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="inlineStr">
+        <is>
           <t>Monatsdurchschnitt des vorherigen Monats</t>
         </is>
       </c>
-      <c r="B10" t="n">
-[...3 lines deleted...]
-        <v>10427.14</v>
+      <c r="B22" t="n">
+        <v>2412.9</v>
+      </c>
+      <c r="C22" t="n">
+        <v>10187.35</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel Compatible / Openpyxl 3.1.5</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:creator xmlns:dc="http://purl.org/dc/elements/1.1/">openpyxl</dc:creator>
   <dcterms:created xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>